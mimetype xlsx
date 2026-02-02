--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Activity Type" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="643" uniqueCount="361">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Analytical Method Required</t>
   </si>
   <si>
     <t>Monitoring Location Required</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Field Msr/Obs</t>
   </si>
   <si>
@@ -806,50 +806,62 @@
     <t>QCSSCR</t>
   </si>
   <si>
     <t>Quality Control Sample-Split Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental sample, using the same sampling equipment as the environmental sample and split after sample collection.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:22 PM</t>
   </si>
   <si>
     <t>QCSSLR</t>
   </si>
   <si>
     <t>Quality Control Sample-Split Sequential Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental sample, using the same sampling equipment as the environmental sample and split after sample collection; processing is after the environmental sample.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:23 PM</t>
   </si>
   <si>
     <t>QCSSSR</t>
+  </si>
+  <si>
+    <t>Quality Control Sample-Topical Blank</t>
+  </si>
+  <si>
+    <t>Blank solution subjected to typical sample collection, field processing, preservation, transportation, and laboratory handling but with some procedure that is modified in some way to assess variability for project-specific purposes</t>
+  </si>
+  <si>
+    <t>1/30/2026 7:06:05 PM</t>
+  </si>
+  <si>
+    <t>QCSTB</t>
   </si>
   <si>
     <t>Quality Control Sample-Topical Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental subsample and collected using modified procedures to assess variability for project-specific purposes.</t>
   </si>
   <si>
     <t>QCSTR</t>
   </si>
   <si>
     <t>Quality Control Sample-Topical Spike</t>
   </si>
   <si>
     <t>Sample where a known quantity of a target analyte has been added and collected using modified procedures to assess variability for project-specific purposes.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:24 PM</t>
   </si>
   <si>
     <t>QCSTS</t>
   </si>
   <si>
     <t>Quality Control Sample-Trip Blank</t>
   </si>
@@ -1535,51 +1547,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G106"/>
+  <dimension ref="A1:G107"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="64.53125" customWidth="1"/>
     <col min="3" max="3" width="255" customWidth="1"/>
     <col min="4" max="4" width="26.79296875" customWidth="1"/>
     <col min="5" max="5" width="28.88671875" customWidth="1"/>
     <col min="6" max="6" width="22.3828125" customWidth="1"/>
     <col min="7" max="7" width="12.74609375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
@@ -3325,713 +3337,736 @@
     <row r="77">
       <c r="A77" s="4">
         <v>100048</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>262</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>263</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>264</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4">
-        <v>100049</v>
+        <v>100055</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>266</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>267</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="G78" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4">
-        <v>100050</v>
+        <v>100049</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4">
-        <v>26</v>
+        <v>100050</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>273</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>274</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>19</v>
+        <v>275</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4">
-        <v>100051</v>
+        <v>26</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>278</v>
+        <v>19</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4">
-        <v>100052</v>
+        <v>100051</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>280</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>281</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="G82" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4">
-        <v>100053</v>
+        <v>100052</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4">
-        <v>100020</v>
+        <v>100053</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>287</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>201</v>
+        <v>289</v>
       </c>
       <c r="G84" s="4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4">
-        <v>100021</v>
+        <v>100020</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>201</v>
       </c>
       <c r="G85" s="4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4">
-        <v>100022</v>
+        <v>100021</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>201</v>
       </c>
       <c r="G86" s="4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4">
-        <v>100023</v>
+        <v>100022</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="4" t="s">
-        <v>298</v>
+        <v>201</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="4">
-        <v>100024</v>
+        <v>100023</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>300</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>301</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="4" t="s">
-        <v>201</v>
+        <v>302</v>
       </c>
       <c r="G88" s="4" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4">
-        <v>39</v>
+        <v>100024</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="4" t="s">
-        <v>19</v>
+        <v>201</v>
       </c>
       <c r="G89" s="4" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>204</v>
+        <v>308</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G90" s="4" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>309</v>
+        <v>204</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G91" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>150</v>
+        <v>313</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G92" s="4" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>314</v>
+        <v>150</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G94" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G95" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="4">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G96" s="4" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="4">
-        <v>100002</v>
+        <v>6</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="G97" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="4">
-        <v>7</v>
+        <v>100002</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="4" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="G98" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="G99" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4">
-        <v>100054</v>
+        <v>5</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>285</v>
+        <v>15</v>
       </c>
       <c r="G100" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4">
-        <v>8</v>
+        <v>100054</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F101" s="4" t="s">
-        <v>339</v>
+        <v>289</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>341</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>342</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="4" t="s">
-        <v>19</v>
+        <v>343</v>
       </c>
       <c r="G102" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="4">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G103" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G104" s="4" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>352</v>
+        <v>19</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4">
-        <v>100000</v>
+        <v>4</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>354</v>
       </c>
       <c r="C106" s="4" t="s">
         <v>355</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="4">
+        <v>100000</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F107" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="G106" s="4" t="s">
-        <v>356</v>
+      <c r="G107" s="4" t="s">
+        <v>360</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Activity Type</vt:lpstr>