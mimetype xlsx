--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Activity Type" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="643" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="667" uniqueCount="374">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Analytical Method Required</t>
   </si>
   <si>
     <t>Monitoring Location Required</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Field Msr/Obs</t>
   </si>
   <si>
@@ -226,50 +226,62 @@
   <si>
     <t>Quality Control Lab Sample Equipment Rinsate Blank</t>
   </si>
   <si>
     <t>A sample of analyte-free media that has been used to rinse the sampling equipment in the laboratory. It is collected after completion of decontamination and prior to sampling. This blank is useful in documenting adequate decontamination of sampling equipment prior to the equipment being used in the field.</t>
   </si>
   <si>
     <t>7/13/2017 10:19:42 AM</t>
   </si>
   <si>
     <t>QLERB</t>
   </si>
   <si>
     <t>Quality Control Sample-Archive Blank</t>
   </si>
   <si>
     <t>A sample of analyte free water put in the same type of bottle used for a regular sample and stored adjacent to a regular sample in a storage area.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:09 PM</t>
   </si>
   <si>
     <t>QCSAB</t>
   </si>
   <si>
+    <t>Quality Control Sample-Blind</t>
+  </si>
+  <si>
+    <t>Blind sample prepared from a reference material and submitted for analysis with a composition that is unknown to the analyst</t>
+  </si>
+  <si>
+    <t>2/3/2026 5:24:38 AM</t>
+  </si>
+  <si>
+    <t>QCSB</t>
+  </si>
+  <si>
     <t>Quality Control Sample-Blind Duplicate</t>
   </si>
   <si>
     <t xml:space="preserve">The duplicate samples are identical samples (collected from same source and same time) however blind duplicates are submitted to the laboratory by an identification scheme so that the laboratory does not know the samples are identical.   The purpose of blind duplicates is to test for laboratory bias.  </t>
   </si>
   <si>
     <t>QBD</t>
   </si>
   <si>
     <t>Quality Control Sample-Concurrent Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental sample, using separate sampling equipment from the environmental sample.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:10 PM</t>
   </si>
   <si>
     <t>QCSCR</t>
   </si>
   <si>
     <t>Quality Control Sample-Equipment Blank</t>
   </si>
   <si>
     <t>A sample of analyte free water analyzed with field samples to assess the presence or absence of equipment or instrument contamination.</t>
@@ -424,50 +436,59 @@
   <si>
     <t>QCSTSC</t>
   </si>
   <si>
     <t>Quality Control Sample-Integrated Time Series-SplitSequentialReplicate</t>
   </si>
   <si>
     <t>A discrete/integrated quality control sample, representing some portion or segment of elapsed time within the overall activity duration or sample period. This sample is collected at the same time and location as an environmental sample, using the same sampling equipment as the environmental sample and split after sample collection; processing is after the environmental sample.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:16 PM</t>
   </si>
   <si>
     <t>QCSTSS</t>
   </si>
   <si>
     <t>Quality Control Sample-Integrated Time Series-Trip Blank</t>
   </si>
   <si>
     <t>A discrete/integrated quality control sample, representing some portion or segment of elapsed time within the overall activity duration or sample period. This sample is a trip blank, which is a sample of analyte-free water prepared prior to environmental time-composite sample collection, remains closed during the field trip, and is handled otherwise the same as the environmental samples.</t>
   </si>
   <si>
     <t>QCSTTB</t>
   </si>
   <si>
+    <t>Quality Control Sample-Integrated Time Series-Unspecified</t>
+  </si>
+  <si>
+    <t>A sample, representing some portion or segment of elapsed time within the overall activity duration or sample period, of unspecified type collected for quality control</t>
+  </si>
+  <si>
+    <t>QCSITU</t>
+  </si>
+  <si>
     <t>Quality Control Sample-Integrated Time Series-Unspecified Blank</t>
   </si>
   <si>
     <t>A discrete/integrated quality control sample, representing some portion or segment of elapsed time within the overall activity duration or sample period. This sample is a blank, which is a sample of analyte-free water, of unspecified treatment or type.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:17 PM</t>
   </si>
   <si>
     <t>QCSTSU</t>
   </si>
   <si>
     <t>Quality Control Sample-Integrated Time Series-Unspecified Replicate</t>
   </si>
   <si>
     <t>A discrete/integrated quality control sample, representing some portion or segment of elapsed time within the overall activity duration or sample period. This sample is collected in association with the environmental sample of unspecified replicate treatment or type.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:18 PM</t>
   </si>
   <si>
     <t>QCSTUR</t>
   </si>
   <si>
     <t>Quality Control Sample-Inter-lab Split</t>
@@ -763,50 +784,59 @@
   <si>
     <t>QCSSR</t>
   </si>
   <si>
     <t>Quality Control Sample-Source Solution Blank</t>
   </si>
   <si>
     <t>A sample of analyte-free water used to confirm that it is free of the analytes of interest.</t>
   </si>
   <si>
     <t>QCSSSB</t>
   </si>
   <si>
     <t>Quality Control Sample-Spike Replicate</t>
   </si>
   <si>
     <t xml:space="preserve">A known quantity of target analyte added to a blank sample or environmental subsample. This spiked sample is one of multiples prepared to assess variability. </t>
   </si>
   <si>
     <t>3/24/2025 1:32:20 PM</t>
   </si>
   <si>
     <t>QCSSPR</t>
   </si>
   <si>
+    <t>Quality Control Sample-Spike Solution</t>
+  </si>
+  <si>
+    <t>Spike solution is a specific term for a homogenous substance generally prepared by laboratories or chemical suppliers where the concentration of one or more constituents is known. A spike solution is added to a blank or environmental sample to create a quality-control sample spike</t>
+  </si>
+  <si>
+    <t>QCSSS</t>
+  </si>
+  <si>
     <t>Quality Control Sample-Spike, Unspecified Type</t>
   </si>
   <si>
     <t>A known quantity of target analyte added to a blank sample or environmental subsample. This spiked sample is of unspecified treatment or type.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:21 PM</t>
   </si>
   <si>
     <t>QCSSUT</t>
   </si>
   <si>
     <t>Quality Control Sample-Split Concurrent Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental sample, using the same sampling equipment as the environmental sample and split after sample collection; processing is concurrent with environmental sample.</t>
   </si>
   <si>
     <t>QCSSCR</t>
   </si>
   <si>
     <t>Quality Control Sample-Split Replicate</t>
   </si>
   <si>
     <t>Sample collected at the same time and location as an environmental sample, using the same sampling equipment as the environmental sample and split after sample collection.</t>
@@ -848,50 +878,59 @@
     <t>Sample collected at the same time and location as an environmental subsample and collected using modified procedures to assess variability for project-specific purposes.</t>
   </si>
   <si>
     <t>QCSTR</t>
   </si>
   <si>
     <t>Quality Control Sample-Topical Spike</t>
   </si>
   <si>
     <t>Sample where a known quantity of a target analyte has been added and collected using modified procedures to assess variability for project-specific purposes.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:24 PM</t>
   </si>
   <si>
     <t>QCSTS</t>
   </si>
   <si>
     <t>Quality Control Sample-Trip Blank</t>
   </si>
   <si>
     <t>Trip blanks are test samples of analyte-free media taken from the laboratory to the sampling site and returned to the laboratory unopened. They are used to measure cross-contamination from the container and preservative during transport, field handling, and storage. Usually, at least one trip blank should be prepared for each sample type per trip.</t>
   </si>
   <si>
     <t>QTB</t>
+  </si>
+  <si>
+    <t>Quality Control Sample-Unspecified</t>
+  </si>
+  <si>
+    <t>A sample of unspecified type collected for quality control.</t>
+  </si>
+  <si>
+    <t>QCSU</t>
   </si>
   <si>
     <t>Quality Control Sample-Unspecified Blank</t>
   </si>
   <si>
     <t>A sample of analyte-free water that is used to assess contamination of unspecified treatment or type.</t>
   </si>
   <si>
     <t>3/24/2025 1:32:25 PM</t>
   </si>
   <si>
     <t>QCSUB</t>
   </si>
   <si>
     <t>Quality Control Sample-Unspecified Replicate</t>
   </si>
   <si>
     <t>Sample collected in association with the environmental sample of unspecified replicate treatment or type.</t>
   </si>
   <si>
     <t>QCSUR</t>
   </si>
   <si>
     <t>Quality Control Sample-Unspecified Topical</t>
   </si>
@@ -1547,51 +1586,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G111"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="64.53125" customWidth="1"/>
     <col min="3" max="3" width="255" customWidth="1"/>
     <col min="4" max="4" width="26.79296875" customWidth="1"/>
     <col min="5" max="5" width="28.88671875" customWidth="1"/>
     <col min="6" max="6" width="22.3828125" customWidth="1"/>
     <col min="7" max="7" width="12.74609375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
@@ -2003,2070 +2042,2162 @@
     <row r="19">
       <c r="A19" s="4">
         <v>100027</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>70</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4">
-        <v>33</v>
+        <v>100056</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F20" s="4" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="G20" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4">
-        <v>100028</v>
+        <v>33</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F21" s="4" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4">
-        <v>28</v>
+        <v>100028</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="G22" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4">
-        <v>100004</v>
+        <v>21</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4">
-        <v>22</v>
+        <v>100004</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>100</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="G28" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4">
-        <v>100029</v>
+        <v>25</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4">
-        <v>100030</v>
+        <v>100029</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G30" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4">
-        <v>100031</v>
+        <v>100030</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4">
-        <v>100032</v>
+        <v>100031</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>114</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>115</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4">
-        <v>100033</v>
+        <v>100032</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>117</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="4">
-        <v>100034</v>
+        <v>100033</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4">
-        <v>100035</v>
+        <v>100034</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>124</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="4">
-        <v>100036</v>
+        <v>100035</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4">
-        <v>100037</v>
+        <v>100036</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="4">
-        <v>100038</v>
+        <v>100037</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>135</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>136</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G38" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4">
-        <v>100039</v>
+        <v>100038</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4">
-        <v>100040</v>
+        <v>100057</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>142</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>143</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G40" s="4" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4">
-        <v>34</v>
+        <v>100039</v>
       </c>
       <c r="B41" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C41" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="C41" s="4" t="s">
+      <c r="D41" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F41" s="4" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="4">
-        <v>41</v>
+        <v>100040</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>19</v>
+        <v>151</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4">
-        <v>100008</v>
+        <v>34</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="4">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>156</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>157</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4">
-        <v>50</v>
+        <v>100008</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="4">
-        <v>100012</v>
+        <v>47</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4">
-        <v>100011</v>
+        <v>50</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4">
-        <v>24</v>
+        <v>100012</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>168</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>169</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>170</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4">
-        <v>100016</v>
+        <v>100011</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>172</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>173</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="G49" s="4" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4">
-        <v>100009</v>
+        <v>24</v>
       </c>
       <c r="B50" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="C50" s="4" t="s">
+      <c r="D50" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" s="4" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4">
-        <v>100007</v>
+        <v>100016</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>179</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="4">
-        <v>44</v>
+        <v>100009</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="G52" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4">
-        <v>49</v>
+        <v>100007</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B55" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C55" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="C55" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4">
-        <v>100010</v>
+        <v>43</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="G56" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4">
-        <v>100019</v>
+        <v>100010</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>201</v>
+        <v>161</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>203</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>204</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4">
-        <v>100013</v>
+        <v>100019</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>206</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>207</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>163</v>
+        <v>208</v>
       </c>
       <c r="G60" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4">
-        <v>100014</v>
+        <v>42</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="G61" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="4">
-        <v>100015</v>
+        <v>100013</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4">
-        <v>100005</v>
+        <v>100014</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>217</v>
+        <v>170</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4">
-        <v>32</v>
+        <v>100015</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C64" s="4" t="s">
         <v>220</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>19</v>
+        <v>170</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4">
-        <v>35</v>
+        <v>100005</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>222</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>223</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G66" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G68" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4">
-        <v>100041</v>
+        <v>29</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>144</v>
+        <v>19</v>
       </c>
       <c r="G69" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="4">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G70" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4">
-        <v>100042</v>
+        <v>100041</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>242</v>
+        <v>151</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4">
-        <v>100043</v>
+        <v>31</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>244</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>245</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>242</v>
+        <v>19</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4">
-        <v>100044</v>
+        <v>100042</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>247</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>248</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>249</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4">
-        <v>100045</v>
+        <v>100043</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>251</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>252</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="G74" s="4" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4">
-        <v>100046</v>
+        <v>100044</v>
       </c>
       <c r="B75" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C75" s="4" t="s">
         <v>255</v>
       </c>
-      <c r="C75" s="4" t="s">
+      <c r="D75" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="4" t="s">
         <v>256</v>
-      </c>
-[...7 lines deleted...]
-        <v>253</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4">
-        <v>100047</v>
+        <v>100058</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>258</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>259</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G76" s="4" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="4">
-        <v>100048</v>
+        <v>100045</v>
       </c>
       <c r="B77" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C77" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="C77" s="4" t="s">
+      <c r="D77" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="4" t="s">
         <v>263</v>
       </c>
-      <c r="D77" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F77" s="4" t="s">
+      <c r="G77" s="4" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4">
-        <v>100055</v>
+        <v>100046</v>
       </c>
       <c r="B78" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="C78" s="4" t="s">
         <v>266</v>
       </c>
-      <c r="C78" s="4" t="s">
+      <c r="D78" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="G78" s="4" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4">
-        <v>100049</v>
+        <v>100047</v>
       </c>
       <c r="B79" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="4" t="s">
         <v>270</v>
       </c>
-      <c r="C79" s="4" t="s">
+      <c r="G79" s="4" t="s">
         <v>271</v>
-      </c>
-[...10 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4">
-        <v>100050</v>
+        <v>100048</v>
       </c>
       <c r="B80" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C80" s="4" t="s">
         <v>273</v>
       </c>
-      <c r="C80" s="4" t="s">
+      <c r="D80" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="D80" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F80" s="4" t="s">
+      <c r="G80" s="4" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4">
-        <v>26</v>
+        <v>100055</v>
       </c>
       <c r="B81" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="C81" s="4" t="s">
         <v>277</v>
       </c>
-      <c r="C81" s="4" t="s">
+      <c r="D81" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F81" s="4" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4">
-        <v>100051</v>
+        <v>100049</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>280</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>281</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="G82" s="4" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4">
-        <v>100052</v>
+        <v>100050</v>
       </c>
       <c r="B83" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C83" s="4" t="s">
         <v>284</v>
       </c>
-      <c r="C83" s="4" t="s">
+      <c r="D83" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F83" s="4" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>282</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4">
-        <v>100053</v>
+        <v>26</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>287</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>288</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G84" s="4" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4">
-        <v>100020</v>
+        <v>100059</v>
       </c>
       <c r="B85" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C85" s="4" t="s">
         <v>291</v>
       </c>
-      <c r="C85" s="4" t="s">
+      <c r="D85" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G85" s="4" t="s">
         <v>292</v>
-      </c>
-[...10 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4">
-        <v>100021</v>
+        <v>100051</v>
       </c>
       <c r="B86" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C86" s="4" t="s">
         <v>294</v>
       </c>
-      <c r="C86" s="4" t="s">
+      <c r="D86" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" s="4" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4">
-        <v>100022</v>
+        <v>100052</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>297</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>298</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="4" t="s">
-        <v>201</v>
+        <v>295</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="4">
-        <v>100023</v>
+        <v>100053</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>300</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>301</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>302</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4">
-        <v>100024</v>
+        <v>100020</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>304</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>305</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="4" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4">
-        <v>39</v>
+        <v>100021</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>307</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>308</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="4" t="s">
-        <v>19</v>
+        <v>208</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4">
-        <v>38</v>
+        <v>100022</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>310</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>204</v>
+        <v>311</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="4" t="s">
-        <v>19</v>
+        <v>208</v>
       </c>
       <c r="G91" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4">
-        <v>10</v>
+        <v>100023</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>19</v>
+        <v>315</v>
       </c>
       <c r="G92" s="4" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4">
-        <v>37</v>
+        <v>100024</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>150</v>
+        <v>318</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>19</v>
+        <v>208</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G94" s="4" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G95" s="4" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G96" s="4" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="4">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>327</v>
+        <v>157</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>19</v>
       </c>
       <c r="G97" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="4">
-        <v>100002</v>
+        <v>14</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F98" s="4" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="G98" s="4" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="G99" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G100" s="4" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4">
-        <v>100054</v>
+        <v>6</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F101" s="4" t="s">
-        <v>289</v>
+        <v>19</v>
       </c>
       <c r="G101" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4">
-        <v>8</v>
+        <v>100002</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F102" s="4" t="s">
-        <v>343</v>
+        <v>177</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="4">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B103" s="4" t="s">
         <v>345</v>
       </c>
       <c r="C103" s="4" t="s">
         <v>346</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F103" s="4" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>348</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>349</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F104" s="4" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4">
-        <v>11</v>
+        <v>100054</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>351</v>
       </c>
       <c r="C105" s="4" t="s">
         <v>352</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>19</v>
+        <v>302</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>354</v>
       </c>
       <c r="C106" s="4" t="s">
         <v>355</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>356</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="4">
-        <v>100000</v>
+        <v>12</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>358</v>
       </c>
       <c r="C107" s="4" t="s">
         <v>359</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="4" t="s">
         <v>10</v>
       </c>
       <c r="F107" s="4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>360</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="4">
+        <v>36</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G108" s="4" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="4">
+        <v>11</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="G109" s="4" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="4">
+        <v>4</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="G110" s="4" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="4">
+        <v>100000</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>373</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Activity Type</vt:lpstr>