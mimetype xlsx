--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Sample Collection Method" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="278">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Context</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>Qualifier Type</t>
   </si>
   <si>
@@ -262,257 +262,263 @@
   <si>
     <t>Blank-Poured</t>
   </si>
   <si>
     <t>Poured Blank</t>
   </si>
   <si>
     <t>Field blanking process where blanks are poured into bottles and are not filtered prior to receipt by the lab.</t>
   </si>
   <si>
     <t>11/18/2019 5:16:08 PM</t>
   </si>
   <si>
     <t>BLUETHUMB</t>
   </si>
   <si>
     <t>BLUETHUMBTEST</t>
   </si>
   <si>
     <t>4/8/2019 1:50:10 PM</t>
   </si>
   <si>
     <t>Boatable</t>
   </si>
   <si>
+    <t>Boatable NRSA Protocol</t>
+  </si>
+  <si>
+    <t>Boatable sites following the NRSA protocol</t>
+  </si>
+  <si>
+    <t>1/9/2026 1:17:42 PM</t>
+  </si>
+  <si>
+    <t>City_Tulsa-Routine</t>
+  </si>
+  <si>
+    <t>CITY_OF_TULSA</t>
+  </si>
+  <si>
+    <t>City of Tulsa Routine</t>
+  </si>
+  <si>
+    <t>9/17/2019 8:10:09 PM</t>
+  </si>
+  <si>
+    <t>Depth intergrated</t>
+  </si>
+  <si>
+    <t>Method for collection of Water Quality samples in flowing waters.</t>
+  </si>
+  <si>
+    <t>8/13/2020 9:43:05 AM</t>
+  </si>
+  <si>
+    <t>Dry, Not Sampleable</t>
+  </si>
+  <si>
+    <t>No sample collected due to dry conditions</t>
+  </si>
+  <si>
+    <t>3/10/2022 8:59:39 AM</t>
+  </si>
+  <si>
+    <t>DRYVISIT</t>
+  </si>
+  <si>
+    <t>Created by the NRSA App import</t>
+  </si>
+  <si>
+    <t>1/25/2024 12:26:20 PM</t>
+  </si>
+  <si>
+    <t>Electrofish</t>
+  </si>
+  <si>
     <t>Fish collection method</t>
   </si>
   <si>
-    <t>boatable site with channel widths of 20-40m</t>
+    <t>Fish collected by electrofishing with either a backpack or barge</t>
+  </si>
+  <si>
+    <t>3/31/2023 12:29:57 PM</t>
+  </si>
+  <si>
+    <t>Electrofish and seine</t>
+  </si>
+  <si>
+    <t>Samples collected by electrofish and seine</t>
+  </si>
+  <si>
+    <t>4/14/2023 10:32:53 AM</t>
+  </si>
+  <si>
+    <t>Field Blank</t>
+  </si>
+  <si>
+    <t>Blank while in the field</t>
+  </si>
+  <si>
+    <t>Blank collected for equipment check in the field</t>
+  </si>
+  <si>
+    <t>2/22/2022 4:01:30 PM</t>
+  </si>
+  <si>
+    <t>Fish Abundance Samp</t>
+  </si>
+  <si>
+    <t>NCA Standard Fish Sample</t>
+  </si>
+  <si>
+    <t>2/26/2018 3:54:07 PM</t>
+  </si>
+  <si>
+    <t>Fish Seine</t>
+  </si>
+  <si>
+    <t>OCC</t>
+  </si>
+  <si>
+    <t>Standard Method</t>
+  </si>
+  <si>
+    <t>7/23/2018 9:35:25 AM</t>
+  </si>
+  <si>
+    <t>OKCONCOM_WQX</t>
+  </si>
+  <si>
+    <t>Fish Shock</t>
+  </si>
+  <si>
+    <t>7/23/2018 9:35:24 AM</t>
+  </si>
+  <si>
+    <t>Fish Tissue Samp</t>
+  </si>
+  <si>
+    <t>2/26/2018 3:54:05 PM</t>
+  </si>
+  <si>
+    <t>GMAP WL Electric</t>
+  </si>
+  <si>
+    <t>Standard electric tape measurement technique</t>
+  </si>
+  <si>
+    <t>9/19/2019 6:40:38 PM</t>
+  </si>
+  <si>
+    <t>GMAP WL Other</t>
+  </si>
+  <si>
+    <t>A non-standard WL collection method (including, but not limited to, pressure transducer reading, well sounder).</t>
+  </si>
+  <si>
+    <t>GMAP WL Steel</t>
+  </si>
+  <si>
+    <t>Standard steel tape measurement technique</t>
+  </si>
+  <si>
+    <t>GMAP-Routine</t>
+  </si>
+  <si>
+    <t>2/6/2017 4:23:29 PM</t>
+  </si>
+  <si>
+    <t>Grab</t>
+  </si>
+  <si>
+    <t>8/13/2020 9:41:18 AM</t>
+  </si>
+  <si>
+    <t>Grab Composite</t>
+  </si>
+  <si>
+    <t>Hand Cast Probe</t>
+  </si>
+  <si>
+    <t>Hand operated probe</t>
+  </si>
+  <si>
+    <t>2/26/2018 3:53:53 PM</t>
+  </si>
+  <si>
+    <t>Hydrasleeve</t>
+  </si>
+  <si>
+    <t>11/15/2019 1:44:02 PM</t>
+  </si>
+  <si>
+    <t>INTWADE</t>
+  </si>
+  <si>
+    <t>Wadeable- Interrupted Wadeable</t>
+  </si>
+  <si>
+    <t>Not continuous water along reach</t>
+  </si>
+  <si>
+    <t>10/3/2024 2:28:26 PM</t>
+  </si>
+  <si>
+    <t>Invert Abund Samp</t>
+  </si>
+  <si>
+    <t>NCA Standard Invertebrate Sample</t>
+  </si>
+  <si>
+    <t>2/26/2018 8:46:19 PM</t>
+  </si>
+  <si>
+    <t>Large Non-Wadeable</t>
+  </si>
+  <si>
+    <t>Created by the NRSA/NLA App import</t>
+  </si>
+  <si>
+    <t>3/26/2025 9:02:08 AM</t>
+  </si>
+  <si>
+    <t>Large Wadeable</t>
+  </si>
+  <si>
+    <t>3/26/2025 8:04:55 AM</t>
+  </si>
+  <si>
+    <t>Lg. Wadeable</t>
+  </si>
+  <si>
+    <t>wadeable site with widths of &gt;=12.5</t>
   </si>
   <si>
     <t>2/1/2017 1:27:28 PM</t>
   </si>
   <si>
-    <t>City_Tulsa-Routine</t>
-[...196 lines deleted...]
-  <si>
     <t>LMFO-Routine</t>
   </si>
   <si>
     <t>ODAFF</t>
   </si>
   <si>
     <t>Routine Collections for the LMFO/CAFO project</t>
   </si>
   <si>
     <t>3/26/2018 1:04:37 PM</t>
   </si>
   <si>
     <t>Low-Flow</t>
   </si>
   <si>
     <t>GMAP Low-flow method.</t>
   </si>
   <si>
     <t>1/13/2017 12:26:09 AM</t>
   </si>
   <si>
     <t>LRC-Comp</t>
   </si>
   <si>
     <t>Macro invertebrate sampling</t>
@@ -814,51 +820,57 @@
   <si>
     <t>Towed CTD recording during the Downcast (D) and Upcast (U)</t>
   </si>
   <si>
     <t>2/26/2018 8:46:14 PM</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>When the data predates the knowledge of the method used or if the method was not recorded.</t>
   </si>
   <si>
     <t>USEPA</t>
   </si>
   <si>
     <t>USGS</t>
   </si>
   <si>
     <t>1/29/2018 9:18:21 AM</t>
   </si>
   <si>
     <t>Wadeable</t>
   </si>
   <si>
-    <t>wadeable site with widths &lt;12.5 m</t>
+    <t>Wadeable NRSA Protocol</t>
+  </si>
+  <si>
+    <t>Wadeable sites following the NRSA protocol</t>
+  </si>
+  <si>
+    <t>1/9/2026 1:18:14 PM</t>
   </si>
   <si>
     <t>Woody</t>
   </si>
   <si>
     <t>Woody debris macro invertebrate sample</t>
   </si>
   <si>
     <t>12/2/2016 10:22:13 AM</t>
   </si>
   <si>
     <t>WQ Sample</t>
   </si>
   <si>
     <t>NCA Standard WQ Sample</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="14">
     <numFmt numFmtId="5" formatCode="#,##0\ &quot;€&quot;;\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="6" formatCode="#,##0\ &quot;€&quot;;[Red]\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="7" formatCode="#,##0.00\ &quot;€&quot;;\-#,##0.00\ &quot;€&quot;"/>
@@ -1977,1531 +1989,1531 @@
       <c r="D29" s="4" t="s">
         <v>97</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>98</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>99</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H29" s="4"/>
     </row>
     <row r="30">
       <c r="A30" s="4">
         <v>100086</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H30" s="4"/>
     </row>
     <row r="31">
       <c r="A31" s="4">
         <v>100088</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H31" s="4"/>
     </row>
     <row r="32">
       <c r="A32" s="4">
         <v>100083</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H32" s="4"/>
     </row>
     <row r="33">
       <c r="A33" s="4">
         <v>100039</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="4"/>
     </row>
     <row r="34">
       <c r="A34" s="4">
         <v>100059</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H34" s="4"/>
     </row>
     <row r="35">
       <c r="A35" s="4">
         <v>100058</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H35" s="4"/>
     </row>
     <row r="36">
       <c r="A36" s="4">
         <v>100038</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="4"/>
     </row>
     <row r="37">
       <c r="A37" s="4">
         <v>100069</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="4"/>
     </row>
     <row r="38">
       <c r="A38" s="4">
         <v>100068</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F38" s="4" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H38" s="4"/>
     </row>
     <row r="39">
       <c r="A39" s="4">
         <v>100070</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H39" s="4"/>
     </row>
     <row r="40">
       <c r="A40" s="4">
         <v>100018</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H40" s="4"/>
     </row>
     <row r="41">
       <c r="A41" s="4">
         <v>100078</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>92</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H41" s="4"/>
     </row>
     <row r="42">
       <c r="A42" s="4">
         <v>100080</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>92</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>93</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H42" s="4"/>
     </row>
     <row r="43">
       <c r="A43" s="4">
         <v>100035</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="4"/>
     </row>
     <row r="44">
       <c r="A44" s="4">
         <v>100073</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="4"/>
     </row>
     <row r="45">
       <c r="A45" s="4">
         <v>100094</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H45" s="4"/>
     </row>
     <row r="46">
       <c r="A46" s="4">
         <v>100034</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="4"/>
     </row>
     <row r="47">
       <c r="A47" s="4">
         <v>100097</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H47" s="4"/>
     </row>
     <row r="48">
       <c r="A48" s="4">
         <v>100096</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H48" s="4"/>
     </row>
     <row r="49">
       <c r="A49" s="4">
         <v>100016</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>86</v>
+        <v>154</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H49" s="4"/>
     </row>
     <row r="50">
       <c r="A50" s="4">
         <v>100052</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G50" s="4" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="H50" s="4"/>
     </row>
     <row r="51">
       <c r="A51" s="4">
         <v>100014</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H51" s="4"/>
     </row>
     <row r="52">
       <c r="A52" s="4">
         <v>100007</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H52" s="4"/>
     </row>
     <row r="53">
       <c r="A53" s="4">
         <v>100011</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H53" s="4"/>
     </row>
     <row r="54">
       <c r="A54" s="4">
         <v>100002</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E54" s="4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H54" s="4"/>
     </row>
     <row r="55">
       <c r="A55" s="4">
         <v>100003</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H55" s="4"/>
     </row>
     <row r="56">
       <c r="A56" s="4">
         <v>100064</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="G56" s="4" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="H56" s="4"/>
     </row>
     <row r="57">
       <c r="A57" s="4">
         <v>100071</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H57" s="4"/>
     </row>
     <row r="58">
       <c r="A58" s="4">
         <v>100072</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G58" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H58" s="4"/>
     </row>
     <row r="59">
       <c r="A59" s="4">
         <v>100061</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>68</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4" t="s">
         <v>69</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="H59" s="4"/>
     </row>
     <row r="60">
       <c r="A60" s="4">
         <v>100042</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="4"/>
     </row>
     <row r="61">
       <c r="A61" s="4">
         <v>100043</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="4"/>
     </row>
     <row r="62">
       <c r="A62" s="4">
         <v>100041</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="4"/>
     </row>
     <row r="63">
       <c r="A63" s="4">
         <v>100089</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H63" s="4"/>
     </row>
     <row r="64">
       <c r="A64" s="4">
         <v>100053</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G64" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H64" s="4"/>
     </row>
     <row r="65">
       <c r="A65" s="4">
         <v>100023</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H65" s="4"/>
     </row>
     <row r="66">
       <c r="A66" s="4">
         <v>100012</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H66" s="4"/>
     </row>
     <row r="67">
       <c r="A67" s="4">
         <v>100001</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F67" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="G67" s="4" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="H67" s="4"/>
     </row>
     <row r="68">
       <c r="A68" s="4">
         <v>100021</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G68" s="4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H68" s="4"/>
     </row>
     <row r="69">
       <c r="A69" s="4">
         <v>100000</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H69" s="4"/>
     </row>
     <row r="70">
       <c r="A70" s="4">
         <v>100090</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>98</v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H70" s="4"/>
     </row>
     <row r="71">
       <c r="A71" s="4">
         <v>100091</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>98</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H71" s="4"/>
     </row>
     <row r="72">
       <c r="A72" s="4">
         <v>100031</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="4"/>
     </row>
     <row r="73">
       <c r="A73" s="4">
         <v>100019</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F73" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H73" s="4"/>
     </row>
     <row r="74">
       <c r="A74" s="4">
         <v>100004</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H74" s="4"/>
     </row>
     <row r="75">
       <c r="A75" s="4">
         <v>100006</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F75" s="4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H75" s="4"/>
     </row>
     <row r="76">
       <c r="A76" s="4">
         <v>100008</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H76" s="4"/>
     </row>
     <row r="77">
       <c r="A77" s="4">
         <v>100005</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H77" s="4"/>
     </row>
     <row r="78">
       <c r="A78" s="4">
         <v>100033</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H78" s="4"/>
     </row>
     <row r="79">
       <c r="A79" s="4">
         <v>100032</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H79" s="4"/>
     </row>
     <row r="80">
       <c r="A80" s="4">
         <v>100076</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H80" s="4"/>
     </row>
     <row r="81">
       <c r="A81" s="4">
         <v>100087</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H81" s="4"/>
     </row>
     <row r="82">
       <c r="A82" s="4">
         <v>100077</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="G82" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H82" s="4"/>
     </row>
     <row r="83">
       <c r="A83" s="4">
         <v>100098</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H83" s="4"/>
     </row>
     <row r="84">
       <c r="A84" s="4">
         <v>100095</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H84" s="4"/>
     </row>
     <row r="85">
       <c r="A85" s="4">
         <v>100010</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F85" s="4" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H85" s="4"/>
     </row>
     <row r="86">
       <c r="A86" s="4">
         <v>100065</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E86" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="G86" s="4" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="H86" s="4"/>
     </row>
     <row r="87">
       <c r="A87" s="4">
         <v>100040</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="4"/>
     </row>
     <row r="88">
       <c r="A88" s="4">
         <v>100036</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="4"/>
     </row>
     <row r="89">
       <c r="A89" s="4">
         <v>100067</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F89" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>21</v>
       </c>
       <c r="H89" s="4"/>
     </row>
     <row r="90">
       <c r="A90" s="4">
         <v>100022</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G90" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H90" s="4"/>
     </row>
     <row r="91">
       <c r="A91" s="4">
         <v>100028</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="H91" s="4"/>
     </row>
     <row r="92">
       <c r="A92" s="4">
         <v>100015</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>86</v>
+        <v>272</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H92" s="4"/>
     </row>
     <row r="93">
       <c r="A93" s="4">
         <v>100009</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>60</v>
       </c>
       <c r="H93" s="4"/>
     </row>
     <row r="94">
       <c r="A94" s="4">
         <v>100037</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>29</v>
       </c>
       <c r="H94" s="4"/>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>