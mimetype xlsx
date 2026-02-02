--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Result Qualifier" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1048" uniqueCount="723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1054" uniqueCount="730">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>No Field/Trip Blank carried with samples</t>
   </si>
   <si>
     <t>7/10/2025 1:06:55 PM</t>
   </si>
   <si>
     <t>$</t>
   </si>
   <si>
@@ -979,50 +979,59 @@
   <si>
     <t>HPBF</t>
   </si>
   <si>
     <t>Holding time exceeded. Historical combination flag for when any combination of P1/B2, P2/B1 or P2/B2 are applied independently.</t>
   </si>
   <si>
     <t>HQ</t>
   </si>
   <si>
     <t>High Quality control measures</t>
   </si>
   <si>
     <t>HTH</t>
   </si>
   <si>
     <t>Hard to Homogenize</t>
   </si>
   <si>
     <t>HTI</t>
   </si>
   <si>
     <t>Holding time for test is immediate; the laboratory measurement, therefore, cannot be used for compliance purposes</t>
   </si>
   <si>
+    <t>HV</t>
+  </si>
+  <si>
+    <t>High variability: questionable precision and accuracy</t>
+  </si>
+  <si>
+    <t>12/18/2025 11:10:56 AM</t>
+  </si>
+  <si>
     <t>HVER</t>
   </si>
   <si>
     <t>high calibration verification standard recovery, estimated value</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Estimated value; compound failed initial calibration value</t>
   </si>
   <si>
     <t>ICA</t>
   </si>
   <si>
     <t>Incorrect Initial Calibration Associated with Sample</t>
   </si>
   <si>
     <t>ICM</t>
   </si>
   <si>
     <t>Calibration not completed</t>
   </si>
   <si>
     <t>IDL</t>
@@ -1285,50 +1294,59 @@
   <si>
     <t>L</t>
   </si>
   <si>
     <t>Lowest available reporting limit for the analytical method used.</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>No Result Reported, lab accident</t>
   </si>
   <si>
     <t>LBF</t>
   </si>
   <si>
     <t>Lab Failed, sample not analyzed</t>
   </si>
   <si>
     <t>LCS</t>
   </si>
   <si>
     <t>LCS or LCSD</t>
   </si>
   <si>
+    <t>LE</t>
+  </si>
+  <si>
+    <t>value extrapolated at low end</t>
+  </si>
+  <si>
+    <t>12/12/2025 7:33:57 AM</t>
+  </si>
+  <si>
     <t>LF</t>
   </si>
   <si>
     <t>count &lt; 0.5 percent</t>
   </si>
   <si>
     <t>LICC</t>
   </si>
   <si>
     <t>Initial calibration criteria not met - low</t>
   </si>
   <si>
     <t>LIS</t>
   </si>
   <si>
     <t>Lab internal standard(s) added to sample.</t>
   </si>
   <si>
     <t>LL</t>
   </si>
   <si>
     <t xml:space="preserve">True bacterial concentration is assumed to be greater than the reported value. </t>
   </si>
   <si>
     <t>LLBL</t>
@@ -2074,51 +2092,54 @@
   <si>
     <t>SSRV</t>
   </si>
   <si>
     <t>Surrogate or spike recovery value associated with sample analyte or analytes</t>
   </si>
   <si>
     <t>5/23/2022 10:32:41 AM</t>
   </si>
   <si>
     <t>STE</t>
   </si>
   <si>
     <t>One or more sterility check not performed, has incomplete record, or failed</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Sample Subcontracted</t>
   </si>
   <si>
     <t>SUS</t>
   </si>
   <si>
-    <t>Result value is defined as suspect by data owner. (HV) High variability: questionable precision and accuracy</t>
+    <t>Result value is defined as suspect by data owner.</t>
+  </si>
+  <si>
+    <t>12/18/2025 2:57:18 AM</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t xml:space="preserve">Hardness by Calculation Method - Standard Methods 2340B - 19th Ed </t>
   </si>
   <si>
     <t>T5</t>
   </si>
   <si>
     <t>Laboratory not licensed for this parameter</t>
   </si>
   <si>
     <t>TMLF</t>
   </si>
   <si>
     <t>Time missing in logger file.</t>
   </si>
   <si>
     <t>TOC</t>
   </si>
   <si>
     <t>Temperature outside of criteria</t>
   </si>
@@ -2633,62 +2654,62 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D349"/>
+  <dimension ref="A1:D351"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="7.875" customWidth="1"/>
     <col min="3" max="3" width="255" customWidth="1"/>
-    <col min="4" max="4" width="21.2734375" customWidth="1"/>
+    <col min="4" max="4" width="22.3828125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="4">
         <v>100152</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>5</v>
@@ -4791,2790 +4812,2818 @@
         <v>319</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>320</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="4">
         <v>100121</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>321</v>
       </c>
       <c r="C153" s="4" t="s">
         <v>322</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="4">
-        <v>27</v>
+        <v>100156</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>323</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>324</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="4">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="4">
-        <v>100143</v>
+        <v>159</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="4">
-        <v>647</v>
+        <v>100143</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4">
-        <v>100023</v>
+        <v>647</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4">
-        <v>216</v>
+        <v>100023</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4">
-        <v>100095</v>
+        <v>224</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4">
-        <v>118</v>
+        <v>100095</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4">
-        <v>100024</v>
+        <v>118</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4">
-        <v>160</v>
+        <v>100024</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4">
-        <v>100102</v>
+        <v>160</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>349</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4">
-        <v>49</v>
+        <v>100102</v>
       </c>
       <c r="B167" s="4" t="s">
         <v>350</v>
       </c>
       <c r="C167" s="4" t="s">
         <v>351</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>9</v>
+        <v>352</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>356</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B170" s="4" t="s">
         <v>357</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>358</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="B171" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="D171" s="4" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4">
-        <v>100114</v>
+        <v>57</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4">
-        <v>64</v>
+        <v>100114</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4">
-        <v>161</v>
+        <v>64</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>366</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>367</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>9</v>
+        <v>368</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4">
-        <v>100025</v>
+        <v>161</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4">
-        <v>162</v>
+        <v>100025</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4">
-        <v>100026</v>
+        <v>162</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4">
-        <v>100027</v>
+        <v>100026</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4">
-        <v>100028</v>
+        <v>100027</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4">
-        <v>100029</v>
+        <v>100028</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="4">
-        <v>100030</v>
+        <v>100029</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="4">
-        <v>100031</v>
+        <v>100030</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="4">
-        <v>100032</v>
+        <v>100031</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="4">
-        <v>100033</v>
+        <v>100032</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="4">
-        <v>100034</v>
+        <v>100033</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="4">
-        <v>100035</v>
+        <v>100034</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="4">
-        <v>66</v>
+        <v>100035</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="4">
-        <v>100144</v>
+        <v>66</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="4">
-        <v>100154</v>
+        <v>100144</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>398</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="4">
-        <v>100155</v>
+        <v>100154</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>399</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>400</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="4">
-        <v>100129</v>
+        <v>100155</v>
       </c>
       <c r="B191" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="C191" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="D191" s="4" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="4">
-        <v>100130</v>
+        <v>100129</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="4">
-        <v>100145</v>
+        <v>100130</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="4">
-        <v>100146</v>
+        <v>100145</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="4">
-        <v>100147</v>
+        <v>100146</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="4">
-        <v>163</v>
+        <v>100147</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="4">
-        <v>1061</v>
+        <v>163</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="4">
-        <v>18</v>
+        <v>1061</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="4">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="4">
-        <v>165</v>
+        <v>51</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="4">
-        <v>222</v>
+        <v>165</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="4">
-        <v>809</v>
+        <v>222</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="4">
-        <v>100096</v>
+        <v>809</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="4">
-        <v>114</v>
+        <v>100157</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>49</v>
+        <v>430</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="4">
-        <v>217</v>
+        <v>100096</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="4">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="4">
-        <v>100076</v>
+        <v>217</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="4">
-        <v>218</v>
+        <v>20</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="4">
-        <v>121</v>
+        <v>100076</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="4">
-        <v>30</v>
+        <v>218</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="4">
-        <v>100036</v>
+        <v>121</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="4">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="4">
-        <v>100097</v>
+        <v>100036</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="4">
-        <v>166</v>
+        <v>31</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="4">
-        <v>32</v>
+        <v>100097</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="4">
-        <v>828</v>
+        <v>166</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="4">
-        <v>810</v>
+        <v>32</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="4">
-        <v>117</v>
+        <v>828</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="4">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="4">
-        <v>834</v>
+        <v>117</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="4">
-        <v>33</v>
+        <v>817</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="4">
-        <v>100124</v>
+        <v>834</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>276</v>
+        <v>9</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="4">
-        <v>100131</v>
+        <v>33</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>59</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="4">
-        <v>168</v>
+        <v>100124</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="4">
-        <v>100037</v>
+        <v>100131</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="4">
-        <v>813</v>
+        <v>168</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="4">
-        <v>100125</v>
+        <v>100037</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>276</v>
+        <v>52</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="4">
-        <v>1040</v>
+        <v>813</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="4">
-        <v>816</v>
+        <v>100125</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="4">
-        <v>100126</v>
+        <v>1040</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>276</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="4">
-        <v>119</v>
+        <v>816</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="4">
-        <v>100038</v>
+        <v>100126</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>52</v>
+        <v>276</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="4">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="4">
-        <v>290</v>
+        <v>100038</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="4">
-        <v>169</v>
+        <v>67</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="4">
-        <v>823</v>
+        <v>290</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="4">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="4">
-        <v>36</v>
+        <v>823</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="4">
-        <v>37</v>
+        <v>170</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="4">
-        <v>190</v>
+        <v>36</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="4">
-        <v>820</v>
+        <v>37</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="4">
-        <v>100098</v>
+        <v>190</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="4">
-        <v>115</v>
+        <v>820</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="4">
-        <v>291</v>
+        <v>100098</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="4">
-        <v>171</v>
+        <v>115</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="4">
-        <v>791</v>
+        <v>291</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="4">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="4">
-        <v>818</v>
+        <v>791</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="4">
-        <v>100087</v>
+        <v>172</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>519</v>
+        <v>9</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="4">
-        <v>173</v>
+        <v>818</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="4">
-        <v>174</v>
+        <v>100087</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>9</v>
+        <v>525</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="4">
-        <v>100148</v>
+        <v>173</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="4">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="4">
-        <v>220</v>
+        <v>100148</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="4">
-        <v>1080</v>
+        <v>175</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="4">
-        <v>100039</v>
+        <v>220</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="4">
-        <v>100040</v>
+        <v>1080</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="4">
-        <v>100041</v>
+        <v>100039</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="4">
-        <v>100042</v>
+        <v>100040</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="4">
-        <v>100043</v>
+        <v>100041</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="4">
-        <v>100134</v>
+        <v>100042</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="4">
-        <v>826</v>
+        <v>100043</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="4">
-        <v>100074</v>
+        <v>100134</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="4">
-        <v>176</v>
+        <v>826</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="4">
-        <v>100079</v>
+        <v>100074</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="4">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="4">
-        <v>1101</v>
+        <v>100079</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="4">
-        <v>219</v>
+        <v>177</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="4">
-        <v>77</v>
+        <v>1101</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="4">
-        <v>100044</v>
+        <v>219</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="4">
-        <v>100045</v>
+        <v>77</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="4">
-        <v>100046</v>
+        <v>100044</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="4">
-        <v>100047</v>
+        <v>100045</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="4">
-        <v>100048</v>
+        <v>100046</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="4">
-        <v>100049</v>
+        <v>100047</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="4">
-        <v>100050</v>
+        <v>100048</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="4">
-        <v>100051</v>
+        <v>100049</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="4">
-        <v>100052</v>
+        <v>100050</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="4">
-        <v>100053</v>
+        <v>100051</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="4">
-        <v>100054</v>
+        <v>100052</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="4">
-        <v>100055</v>
+        <v>100053</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="4">
-        <v>100056</v>
+        <v>100054</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="4">
-        <v>100057</v>
+        <v>100055</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="4">
-        <v>100058</v>
+        <v>100056</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="4">
-        <v>100059</v>
+        <v>100057</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="4">
-        <v>100060</v>
+        <v>100058</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="4">
-        <v>100061</v>
+        <v>100059</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="4">
-        <v>1020</v>
+        <v>100060</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="4">
-        <v>178</v>
+        <v>100061</v>
       </c>
       <c r="B289" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="C289" s="4" t="s">
         <v>597</v>
       </c>
-      <c r="C289" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D289" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="4">
-        <v>100062</v>
+        <v>1020</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="4">
-        <v>100063</v>
+        <v>178</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="4">
-        <v>100064</v>
+        <v>100062</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="4">
-        <v>100065</v>
+        <v>100063</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="4">
-        <v>100066</v>
+        <v>100064</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="4">
-        <v>100067</v>
+        <v>100065</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="4">
-        <v>100068</v>
+        <v>100066</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="4">
-        <v>100069</v>
+        <v>100067</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="4">
-        <v>100070</v>
+        <v>100068</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="4">
-        <v>100071</v>
+        <v>100069</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="4">
-        <v>100072</v>
+        <v>100070</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="4">
-        <v>100073</v>
+        <v>100071</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="4">
-        <v>2</v>
+        <v>100072</v>
       </c>
       <c r="B302" s="4" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="4">
-        <v>825</v>
+        <v>100073</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="4">
-        <v>100077</v>
+        <v>2</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>629</v>
+        <v>9</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="4">
-        <v>100149</v>
+        <v>825</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="4">
-        <v>179</v>
+        <v>100077</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>9</v>
+        <v>635</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="4">
-        <v>180</v>
+        <v>100149</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="4">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="4">
-        <v>42</v>
+        <v>180</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="4">
-        <v>43</v>
+        <v>181</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="4">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B311" s="4" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="4">
-        <v>100099</v>
+        <v>43</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="4">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="4">
-        <v>203</v>
+        <v>100099</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="4">
-        <v>811</v>
+        <v>46</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="4">
-        <v>824</v>
+        <v>203</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="4">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="4">
-        <v>100075</v>
+        <v>824</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="4">
-        <v>182</v>
+        <v>812</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="4">
-        <v>183</v>
+        <v>100075</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="4">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="4">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="4">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="4">
-        <v>226</v>
+        <v>185</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="4">
-        <v>225</v>
+        <v>186</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="4">
-        <v>187</v>
+        <v>226</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="4">
-        <v>757</v>
+        <v>225</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="4">
-        <v>833</v>
+        <v>187</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="4">
-        <v>116</v>
+        <v>757</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="4">
-        <v>100107</v>
+        <v>833</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>682</v>
+        <v>9</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="4">
-        <v>100150</v>
+        <v>116</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="4">
-        <v>100151</v>
+        <v>100107</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>6</v>
+        <v>688</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="4">
-        <v>221</v>
+        <v>100150</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="4">
-        <v>108</v>
+        <v>100151</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="4">
-        <v>100122</v>
+        <v>221</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>276</v>
+        <v>695</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="4">
-        <v>707</v>
+        <v>108</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="4">
-        <v>112</v>
+        <v>100122</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="4">
-        <v>100115</v>
+        <v>707</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>699</v>
+        <v>9</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="4">
-        <v>192</v>
+        <v>112</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="4">
-        <v>3</v>
+        <v>100115</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>9</v>
+        <v>706</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="4">
-        <v>831</v>
+        <v>192</v>
       </c>
       <c r="B341" s="4" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="4">
-        <v>832</v>
+        <v>3</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="4">
-        <v>188</v>
+        <v>831</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="4">
-        <v>749</v>
+        <v>832</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="4">
-        <v>100123</v>
+        <v>188</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>276</v>
+        <v>9</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="4">
-        <v>100100</v>
+        <v>749</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="4">
-        <v>758</v>
+        <v>100123</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>9</v>
+        <v>276</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="4">
-        <v>100101</v>
+        <v>100100</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="4">
+        <v>758</v>
+      </c>
+      <c r="B349" s="4" t="s">
+        <v>723</v>
+      </c>
+      <c r="C349" s="4" t="s">
+        <v>724</v>
+      </c>
+      <c r="D349" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="4">
+        <v>100101</v>
+      </c>
+      <c r="B350" s="4" t="s">
+        <v>725</v>
+      </c>
+      <c r="C350" s="4" t="s">
+        <v>726</v>
+      </c>
+      <c r="D350" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="4">
         <v>100113</v>
       </c>
-      <c r="B349" s="4" t="s">
-[...6 lines deleted...]
-        <v>722</v>
+      <c r="B351" s="4" t="s">
+        <v>727</v>
+      </c>
+      <c r="C351" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="D351" s="4" t="s">
+        <v>729</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Result Qualifier</vt:lpstr>