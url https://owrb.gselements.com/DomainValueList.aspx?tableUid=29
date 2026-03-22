--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Measurement Unit" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="1049">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="1052">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>#/100gal</t>
   </si>
   <si>
     <t>Concentration Solution, Number per 100 gallons</t>
   </si>
   <si>
     <t>5/18/2023 12:20:32 AM</t>
   </si>
   <si>
     <t>#/100L</t>
   </si>
   <si>
@@ -730,51 +730,54 @@
   <si>
     <t>Temperature, Degrees Kelvin</t>
   </si>
   <si>
     <t>dl</t>
   </si>
   <si>
     <t>Volume, Deciliters</t>
   </si>
   <si>
     <t>dm</t>
   </si>
   <si>
     <t>Length Distance, Decimeters</t>
   </si>
   <si>
     <t>dm2</t>
   </si>
   <si>
     <t>Area, Square decimeters</t>
   </si>
   <si>
     <t>DOY</t>
   </si>
   <si>
-    <t>()Time, Day of year is a number between 1 and 365 ( or 1-366 for leap years) : Number Day / Day Number</t>
+    <t xml:space="preserve">()Time, Day of year is a number between 1 and 365 ( or 1-366 for leap years) : Number Day / Day Number / Julian Date is "ordinal" date representing the day of the year </t>
+  </si>
+  <si>
+    <t>2/26/2026 4:00:26 AM</t>
   </si>
   <si>
     <t>dpm/100L</t>
   </si>
   <si>
     <t>()Concentration Solution, Disintegrations per minute per 100 liters</t>
   </si>
   <si>
     <t>dpm/cm3</t>
   </si>
   <si>
     <t>()Density, Disintegrations per minute per cubic centimeter</t>
   </si>
   <si>
     <t>dpm/g</t>
   </si>
   <si>
     <t>()Radiation, Decay per minute per gram</t>
   </si>
   <si>
     <t>drips/min</t>
   </si>
   <si>
     <t>()Flow, Drips per minute</t>
   </si>
@@ -1621,50 +1624,56 @@
   <si>
     <t>m3/month</t>
   </si>
   <si>
     <t>()Flow, Cubic meters per month</t>
   </si>
   <si>
     <t>m3/sec</t>
   </si>
   <si>
     <t>Flow, Cubic meters per second</t>
   </si>
   <si>
     <t>m3/week</t>
   </si>
   <si>
     <t>()Flow, Cubic metres per week</t>
   </si>
   <si>
     <t>m3/yr</t>
   </si>
   <si>
     <t>()Flow, Cubic meters per year</t>
   </si>
   <si>
+    <t>mBq/L</t>
+  </si>
+  <si>
+    <t>Radiation, Millibecquerels per litre</t>
+  </si>
+  <si>
     <t>mCi</t>
   </si>
   <si>
     <t>Weight Mass, MilliCuries</t>
   </si>
   <si>
     <t>mCi/km2</t>
   </si>
   <si>
     <t>()Radiation, milliCuries per square kilometer</t>
   </si>
   <si>
     <t>Megam-1</t>
   </si>
   <si>
     <t>Concentration Solution, Inverse Megameters or per Mega meters or Megam-1</t>
   </si>
   <si>
     <t>meq</t>
   </si>
   <si>
     <t>()Milliequivalents</t>
   </si>
   <si>
     <t>meq/100g</t>
@@ -1753,51 +1762,51 @@
   <si>
     <t>Concentration Percentage, Milligrams per gram</t>
   </si>
   <si>
     <t>mg/g/hr</t>
   </si>
   <si>
     <t xml:space="preserve">()Viscosity, milligrams per gram per hour </t>
   </si>
   <si>
     <t>mg/hr</t>
   </si>
   <si>
     <t>Flow Mass, Milligrams per hour</t>
   </si>
   <si>
     <t>mg/kg</t>
   </si>
   <si>
     <t>Concentration Percentage, Milligrams per kilogram</t>
   </si>
   <si>
     <t>mg/L</t>
   </si>
   <si>
-    <t>()Concentration Solution, milligrams per liter</t>
+    <t>Concentration Solution, milligrams per liter</t>
   </si>
   <si>
     <t>mg/l/hr</t>
   </si>
   <si>
     <t>Viscosity, Milligrams per liter per hour</t>
   </si>
   <si>
     <t>mg/m2</t>
   </si>
   <si>
     <t>Concentration Solution, Milligrams per square meter</t>
   </si>
   <si>
     <t>mg/m2/day</t>
   </si>
   <si>
     <t>()Viscosity, milligrams per square meter per day</t>
   </si>
   <si>
     <t>mg/m2/hr</t>
   </si>
   <si>
     <t>Viscosity, Milligrams per square meter per hour</t>
   </si>
@@ -2407,51 +2416,51 @@
   <si>
     <t>Weight Mass, Ounces</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>Pressure, Pascal units</t>
   </si>
   <si>
     <t>pCi</t>
   </si>
   <si>
     <t>Weight Mass, Picocuries</t>
   </si>
   <si>
     <t>pCi/g</t>
   </si>
   <si>
     <t>()Radiation, Picocuries per gram</t>
   </si>
   <si>
     <t>pCi/L</t>
   </si>
   <si>
-    <t>()Radiation, Picocuries per Liter</t>
+    <t>Radiation, Picocuries per Liter</t>
   </si>
   <si>
     <t>pCi/m2</t>
   </si>
   <si>
     <t>()Radiation, Picocuries per square meter</t>
   </si>
   <si>
     <t>pCi/m3</t>
   </si>
   <si>
     <t>Concentration Solution, Picocuries per cubic meter</t>
   </si>
   <si>
     <t>pCi/ml</t>
   </si>
   <si>
     <t>Density, Picocuries per milliliter</t>
   </si>
   <si>
     <t>pct modern</t>
   </si>
   <si>
     <t>()Concentration Percentage, Percent modern</t>
   </si>
@@ -3118,51 +3127,51 @@
   <si>
     <t>()Power, Electro-motive force, volts</t>
   </si>
   <si>
     <t>W/m2</t>
   </si>
   <si>
     <t>()Power, Watts per square meter</t>
   </si>
   <si>
     <t>Watts</t>
   </si>
   <si>
     <t>Power, Watts</t>
   </si>
   <si>
     <t>weeks</t>
   </si>
   <si>
     <t>Time, Weeks</t>
   </si>
   <si>
     <t>y/m/d</t>
   </si>
   <si>
-    <t>()Time, Year/month/day</t>
+    <t>()Time, Date Year/Month/Day</t>
   </si>
   <si>
     <t>yd</t>
   </si>
   <si>
     <t>Length Distance, Yards</t>
   </si>
   <si>
     <t>yd2</t>
   </si>
   <si>
     <t>Area, Square yards</t>
   </si>
   <si>
     <t>yd3</t>
   </si>
   <si>
     <t>Volume, Cubic yards</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>Time, Years</t>
   </si>
@@ -3611,51 +3620,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D508"/>
+  <dimension ref="A1:D509"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="13.8515625" customWidth="1"/>
     <col min="3" max="3" width="175.078125" customWidth="1"/>
     <col min="4" max="4" width="22.3828125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>3</v>
@@ -5204,5580 +5213,5594 @@
     <row r="112">
       <c r="A112" s="4">
         <v>249</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>237</v>
       </c>
       <c r="C112" s="4" t="s">
         <v>238</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="4">
         <v>100087</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>239</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>240</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>12</v>
+        <v>241</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="4">
         <v>311</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="4">
         <v>100105</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4">
         <v>279</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4">
         <v>46</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4">
         <v>203</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="4">
         <v>266</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="4">
         <v>295</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4">
         <v>100094</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="4">
         <v>294</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="4">
         <v>107</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="4">
         <v>342</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="4">
         <v>100056</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4">
         <v>43</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="4">
         <v>296</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="4">
         <v>297</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="4">
         <v>298</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="4">
         <v>274</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="4">
         <v>140</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="4">
         <v>105</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="4">
         <v>71</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="4">
         <v>199</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="4">
         <v>100106</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="4">
         <v>100073</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="4">
         <v>195</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="4">
         <v>194</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="4">
         <v>242</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="4">
         <v>229</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="4">
         <v>115</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4">
         <v>270</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4">
         <v>75</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="4">
         <v>6</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4">
         <v>263</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="4">
         <v>26</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="4">
         <v>186</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4">
         <v>100107</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="4">
         <v>185</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="4">
         <v>86</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="4">
         <v>47</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="4">
         <v>80</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="4">
         <v>129</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="4">
         <v>128</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4">
         <v>100140</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="4">
         <v>100108</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="4">
         <v>20</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="4">
         <v>101</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4">
         <v>100</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4">
         <v>184</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4">
         <v>48</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4">
         <v>183</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4">
         <v>100019</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4">
         <v>233</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4">
         <v>125</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4">
         <v>124</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4">
         <v>123</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4">
         <v>122</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4">
         <v>100080</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4">
         <v>100031</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4">
         <v>100032</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4">
         <v>255</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4">
         <v>73</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4">
         <v>308</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4">
         <v>309</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4">
         <v>240</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4">
         <v>100110</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4">
         <v>218</v>
       </c>
       <c r="B178" s="4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4">
         <v>66</v>
       </c>
       <c r="B179" s="4" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4">
         <v>100109</v>
       </c>
       <c r="B180" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="4">
         <v>100046</v>
       </c>
       <c r="B181" s="4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="4">
         <v>234</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="4">
         <v>139</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="4">
         <v>283</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="4">
         <v>100111</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="4">
         <v>100112</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="4">
         <v>100113</v>
       </c>
       <c r="B187" s="4" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="4">
         <v>241</v>
       </c>
       <c r="B188" s="4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="4">
         <v>228</v>
       </c>
       <c r="B189" s="4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="4">
         <v>54</v>
       </c>
       <c r="B190" s="4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="4">
         <v>227</v>
       </c>
       <c r="B191" s="4" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="4">
         <v>100152</v>
       </c>
       <c r="B192" s="4" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="4">
         <v>100095</v>
       </c>
       <c r="B193" s="4" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="4">
         <v>104</v>
       </c>
       <c r="B194" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="4">
         <v>67</v>
       </c>
       <c r="B195" s="4" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="4">
         <v>76</v>
       </c>
       <c r="B196" s="4" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="4">
         <v>70</v>
       </c>
       <c r="B197" s="4" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="4">
         <v>7</v>
       </c>
       <c r="B198" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="4">
         <v>100057</v>
       </c>
       <c r="B199" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="4">
         <v>100149</v>
       </c>
       <c r="B200" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="4">
         <v>100084</v>
       </c>
       <c r="B201" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="4">
         <v>81</v>
       </c>
       <c r="B202" s="4" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="4">
         <v>21</v>
       </c>
       <c r="B203" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="4">
         <v>343</v>
       </c>
       <c r="B204" s="4" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="4">
         <v>100049</v>
       </c>
       <c r="B205" s="4" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="4">
         <v>100052</v>
       </c>
       <c r="B206" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="4">
         <v>322</v>
       </c>
       <c r="B207" s="4" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="4">
         <v>138</v>
       </c>
       <c r="B208" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="4">
         <v>196</v>
       </c>
       <c r="B209" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="4">
         <v>193</v>
       </c>
       <c r="B210" s="4" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="4">
         <v>239</v>
       </c>
       <c r="B211" s="4" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="4">
         <v>198</v>
       </c>
       <c r="B212" s="4" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="4">
         <v>100085</v>
       </c>
       <c r="B213" s="4" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="4">
         <v>336</v>
       </c>
       <c r="B214" s="4" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="4">
         <v>100048</v>
       </c>
       <c r="B215" s="4" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="4">
         <v>64</v>
       </c>
       <c r="B216" s="4" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="4">
         <v>200</v>
       </c>
       <c r="B217" s="4" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="4">
         <v>45</v>
       </c>
       <c r="B218" s="4" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="4">
         <v>121</v>
       </c>
       <c r="B219" s="4" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="4">
         <v>340</v>
       </c>
       <c r="B220" s="4" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="4">
         <v>100044</v>
       </c>
       <c r="B221" s="4" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="4">
         <v>120</v>
       </c>
       <c r="B222" s="4" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="4">
         <v>119</v>
       </c>
       <c r="B223" s="4" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="4">
         <v>72</v>
       </c>
       <c r="B224" s="4" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="4">
         <v>9</v>
       </c>
       <c r="B225" s="4" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="4">
         <v>100086</v>
       </c>
       <c r="B226" s="4" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="4">
         <v>130</v>
       </c>
       <c r="B227" s="4" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="4">
         <v>190</v>
       </c>
       <c r="B228" s="4" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="4">
         <v>100150</v>
       </c>
       <c r="B229" s="4" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="4">
         <v>100042</v>
       </c>
       <c r="B230" s="4" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="4">
         <v>305</v>
       </c>
       <c r="B231" s="4" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="4">
         <v>189</v>
       </c>
       <c r="B232" s="4" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="4">
         <v>74</v>
       </c>
       <c r="B233" s="4" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="4">
         <v>316</v>
       </c>
       <c r="B234" s="4" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="4">
         <v>188</v>
       </c>
       <c r="B235" s="4" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="4">
         <v>187</v>
       </c>
       <c r="B236" s="4" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C236" s="4" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="4">
         <v>108</v>
       </c>
       <c r="B237" s="4" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C237" s="4" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="4">
         <v>325</v>
       </c>
       <c r="B238" s="4" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="4">
         <v>100000</v>
       </c>
       <c r="B239" s="4" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="4">
         <v>100076</v>
       </c>
       <c r="B240" s="4" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="4">
         <v>106</v>
       </c>
       <c r="B241" s="4" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="4">
         <v>137</v>
       </c>
       <c r="B242" s="4" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="4">
         <v>100001</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="4">
         <v>192</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="4">
         <v>288</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="4">
         <v>238</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="4">
         <v>100114</v>
       </c>
       <c r="B247" s="4" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="4">
         <v>281</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="4">
         <v>205</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="4">
         <v>100053</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="4">
         <v>162</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="4">
         <v>161</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="4">
         <v>100058</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="4">
         <v>44</v>
       </c>
       <c r="B254" s="4" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="4">
         <v>100059</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="4">
         <v>100060</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="4">
-        <v>100035</v>
+        <v>100169</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="4">
-        <v>324</v>
+        <v>100035</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="4">
-        <v>100138</v>
+        <v>324</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>510</v>
+        <v>12</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="4">
-        <v>100116</v>
+        <v>100138</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>12</v>
+        <v>511</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="4">
-        <v>317</v>
+        <v>100116</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="4">
-        <v>100164</v>
+        <v>317</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="4">
-        <v>30</v>
+        <v>100164</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="4">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="B264" s="4" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>460</v>
+        <v>12</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="4">
-        <v>293</v>
+        <v>11</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>12</v>
+        <v>461</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="4">
-        <v>5</v>
+        <v>293</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="4">
-        <v>100139</v>
+        <v>5</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="4">
-        <v>100163</v>
+        <v>100139</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>561</v>
+        <v>12</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="4">
-        <v>278</v>
+        <v>100163</v>
       </c>
       <c r="B269" s="4" t="s">
         <v>562</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>563</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>9</v>
+        <v>564</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="4">
-        <v>25</v>
+        <v>278</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="4">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="4">
-        <v>100054</v>
+        <v>182</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="4">
-        <v>100061</v>
+        <v>100054</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="4">
-        <v>90</v>
+        <v>100061</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="4">
-        <v>100081</v>
+        <v>90</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="4">
-        <v>181</v>
+        <v>100081</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="4">
-        <v>85</v>
+        <v>181</v>
       </c>
       <c r="B277" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="4">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="B278" s="4" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="4">
-        <v>100036</v>
+        <v>15</v>
       </c>
       <c r="B279" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="4">
-        <v>79</v>
+        <v>100036</v>
       </c>
       <c r="B280" s="4" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="4">
-        <v>127</v>
+        <v>79</v>
       </c>
       <c r="B281" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="4">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="B282" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C282" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="4">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="B283" s="4" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="4">
-        <v>99</v>
+        <v>19</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="4">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B285" s="4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="4">
-        <v>180</v>
+        <v>98</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="4">
-        <v>49</v>
+        <v>180</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="4">
-        <v>179</v>
+        <v>49</v>
       </c>
       <c r="B288" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="4">
-        <v>320</v>
+        <v>179</v>
       </c>
       <c r="B289" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="4">
-        <v>100066</v>
+        <v>320</v>
       </c>
       <c r="B290" s="4" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="4">
-        <v>177</v>
+        <v>100066</v>
       </c>
       <c r="B291" s="4" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="4">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B292" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="4">
-        <v>126</v>
+        <v>178</v>
       </c>
       <c r="B293" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="4">
-        <v>100096</v>
+        <v>126</v>
       </c>
       <c r="B294" s="4" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="4">
-        <v>59</v>
+        <v>100096</v>
       </c>
       <c r="B295" s="4" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="4">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B296" s="4" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="4">
-        <v>244</v>
+        <v>142</v>
       </c>
       <c r="B297" s="4" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="4">
-        <v>276</v>
+        <v>244</v>
       </c>
       <c r="B298" s="4" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="4">
-        <v>332</v>
+        <v>276</v>
       </c>
       <c r="B299" s="4" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="4">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B300" s="4" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="4">
-        <v>111</v>
+        <v>329</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>628</v>
+        <v>9</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="4">
-        <v>217</v>
+        <v>111</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>629</v>
       </c>
       <c r="C302" s="4" t="s">
         <v>630</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>12</v>
+        <v>631</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="4">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="B303" s="4" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="4">
-        <v>100115</v>
+        <v>201</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="4">
-        <v>100065</v>
+        <v>100115</v>
       </c>
       <c r="B305" s="4" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="4">
-        <v>50</v>
+        <v>100065</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D306" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="4">
-        <v>100003</v>
+        <v>50</v>
       </c>
       <c r="B307" s="4" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="4">
-        <v>100017</v>
+        <v>100003</v>
       </c>
       <c r="B308" s="4" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="4">
-        <v>359</v>
+        <v>100017</v>
       </c>
       <c r="B309" s="4" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="4">
-        <v>100077</v>
+        <v>359</v>
       </c>
       <c r="B310" s="4" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>647</v>
+        <v>12</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="4">
-        <v>134</v>
+        <v>100077</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>648</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>649</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>9</v>
+        <v>650</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="4">
-        <v>100117</v>
+        <v>134</v>
       </c>
       <c r="B312" s="4" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="4">
-        <v>100134</v>
+        <v>100117</v>
       </c>
       <c r="B313" s="4" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="4">
-        <v>100118</v>
+        <v>100134</v>
       </c>
       <c r="B314" s="4" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="4">
-        <v>100157</v>
+        <v>100118</v>
       </c>
       <c r="B315" s="4" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="4">
-        <v>236</v>
+        <v>100157</v>
       </c>
       <c r="B316" s="4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="4">
-        <v>323</v>
+        <v>236</v>
       </c>
       <c r="B317" s="4" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="4">
-        <v>251</v>
+        <v>323</v>
       </c>
       <c r="B318" s="4" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="4">
-        <v>55</v>
+        <v>251</v>
       </c>
       <c r="B319" s="4" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="4">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B320" s="4" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="4">
-        <v>303</v>
+        <v>53</v>
       </c>
       <c r="B321" s="4" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="4">
-        <v>52</v>
+        <v>303</v>
       </c>
       <c r="B322" s="4" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="4">
-        <v>319</v>
+        <v>52</v>
       </c>
       <c r="B323" s="4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="4">
-        <v>100119</v>
+        <v>319</v>
       </c>
       <c r="B324" s="4" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C324" s="4" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="4">
-        <v>253</v>
+        <v>100119</v>
       </c>
       <c r="B325" s="4" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="4">
-        <v>51</v>
+        <v>253</v>
       </c>
       <c r="B326" s="4" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="4">
-        <v>344</v>
+        <v>51</v>
       </c>
       <c r="B327" s="4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="4">
-        <v>100120</v>
+        <v>344</v>
       </c>
       <c r="B328" s="4" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="4">
-        <v>97</v>
+        <v>100120</v>
       </c>
       <c r="B329" s="4" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="4">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B330" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="4">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B331" s="4" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="4">
-        <v>221</v>
+        <v>94</v>
       </c>
       <c r="B332" s="4" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="4">
-        <v>265</v>
+        <v>221</v>
       </c>
       <c r="B333" s="4" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="4">
-        <v>197</v>
+        <v>265</v>
       </c>
       <c r="B334" s="4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="4">
-        <v>146</v>
+        <v>197</v>
       </c>
       <c r="B335" s="4" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="4">
-        <v>277</v>
+        <v>146</v>
       </c>
       <c r="B336" s="4" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="4">
-        <v>100078</v>
+        <v>277</v>
       </c>
       <c r="B337" s="4" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="4">
-        <v>262</v>
+        <v>100078</v>
       </c>
       <c r="B338" s="4" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="4">
-        <v>292</v>
+        <v>262</v>
       </c>
       <c r="B339" s="4" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="4">
-        <v>100079</v>
+        <v>292</v>
       </c>
       <c r="B340" s="4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D340" s="4" t="s">
-        <v>708</v>
+        <v>12</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="4">
-        <v>100037</v>
+        <v>100079</v>
       </c>
       <c r="B341" s="4" t="s">
         <v>709</v>
       </c>
       <c r="C341" s="4" t="s">
         <v>710</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>9</v>
+        <v>711</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="4">
-        <v>40</v>
+        <v>100037</v>
       </c>
       <c r="B342" s="4" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="4">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B343" s="4" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="4">
-        <v>215</v>
+        <v>39</v>
       </c>
       <c r="B344" s="4" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="4">
-        <v>32</v>
+        <v>215</v>
       </c>
       <c r="B345" s="4" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="4">
-        <v>100022</v>
+        <v>32</v>
       </c>
       <c r="B346" s="4" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="4">
-        <v>337</v>
+        <v>100022</v>
       </c>
       <c r="B347" s="4" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="4">
-        <v>100038</v>
+        <v>337</v>
       </c>
       <c r="B348" s="4" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="4">
-        <v>131</v>
+        <v>100038</v>
       </c>
       <c r="B349" s="4" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="4">
-        <v>35</v>
+        <v>131</v>
       </c>
       <c r="B350" s="4" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="4">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="B351" s="4" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="4">
-        <v>176</v>
+        <v>65</v>
       </c>
       <c r="B352" s="4" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="4">
-        <v>3</v>
+        <v>176</v>
       </c>
       <c r="B353" s="4" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="4">
-        <v>327</v>
+        <v>3</v>
       </c>
       <c r="B354" s="4" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="4">
-        <v>23</v>
+        <v>327</v>
       </c>
       <c r="B355" s="4" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="4">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="4">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="4">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="B358" s="4" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="4">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="4">
-        <v>351</v>
+        <v>77</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="4">
-        <v>17</v>
+        <v>351</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="4">
-        <v>280</v>
+        <v>17</v>
       </c>
       <c r="B362" s="4" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C362" s="4" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="4">
-        <v>100168</v>
+        <v>280</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>755</v>
+        <v>12</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="4">
-        <v>133</v>
+        <v>100168</v>
       </c>
       <c r="B364" s="4" t="s">
         <v>756</v>
       </c>
       <c r="C364" s="4" t="s">
         <v>757</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>9</v>
+        <v>758</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="4">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="4">
-        <v>250</v>
+        <v>143</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="4">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="4">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="4">
-        <v>163</v>
+        <v>271</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="4">
-        <v>100121</v>
+        <v>163</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="4">
-        <v>100004</v>
+        <v>100121</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="4">
-        <v>1</v>
+        <v>100004</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>287</v>
+        <v>12</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="4">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>12</v>
+        <v>288</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="4">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="4">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="4">
-        <v>103</v>
+        <v>299</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="4">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="4">
-        <v>315</v>
+        <v>144</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="4">
-        <v>100005</v>
+        <v>315</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="4">
-        <v>100023</v>
+        <v>100005</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="4">
-        <v>8</v>
+        <v>100023</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="4">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>125</v>
+        <v>9</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="4">
-        <v>100006</v>
+        <v>58</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="4">
-        <v>37</v>
+        <v>100006</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="4">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="4">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>12</v>
+        <v>241</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="4">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="4">
-        <v>155</v>
+        <v>38</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="4">
-        <v>100041</v>
+        <v>155</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="4">
-        <v>33</v>
+        <v>100041</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="4">
-        <v>100166</v>
+        <v>33</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="4">
-        <v>100122</v>
+        <v>100166</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="4">
-        <v>42</v>
+        <v>100122</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="4">
-        <v>357</v>
+        <v>42</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>755</v>
+        <v>169</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="4">
-        <v>100043</v>
+        <v>357</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>169</v>
+        <v>758</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="4">
-        <v>100123</v>
+        <v>100043</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="4">
-        <v>257</v>
+        <v>100123</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="4">
-        <v>100124</v>
+        <v>257</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="4">
-        <v>2</v>
+        <v>100124</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="4">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="4">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="4">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="4">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="4">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="4">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="4">
-        <v>100153</v>
+        <v>16</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>184</v>
+        <v>9</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="4">
-        <v>350</v>
+        <v>100153</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>12</v>
+        <v>184</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="4">
-        <v>214</v>
+        <v>350</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="4">
-        <v>314</v>
+        <v>214</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="4">
-        <v>352</v>
+        <v>314</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="4">
-        <v>91</v>
+        <v>352</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="4">
-        <v>100028</v>
+        <v>91</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>854</v>
+        <v>9</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="4">
-        <v>92</v>
+        <v>100028</v>
       </c>
       <c r="B413" s="4" t="s">
         <v>855</v>
       </c>
       <c r="C413" s="4" t="s">
         <v>856</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>12</v>
+        <v>857</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="4">
-        <v>100029</v>
+        <v>92</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>854</v>
+        <v>12</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="4">
-        <v>261</v>
+        <v>100029</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>9</v>
+        <v>857</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="4">
-        <v>93</v>
+        <v>261</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>817</v>
+        <v>863</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>755</v>
+        <v>9</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="4">
-        <v>100007</v>
+        <v>93</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>863</v>
+        <v>820</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>12</v>
+        <v>758</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="4">
-        <v>226</v>
+        <v>100007</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="4">
-        <v>168</v>
+        <v>226</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="4">
-        <v>341</v>
+        <v>168</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="4">
-        <v>231</v>
+        <v>341</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="4">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="4">
-        <v>100008</v>
+        <v>232</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="4">
-        <v>304</v>
+        <v>100008</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="4">
-        <v>360</v>
+        <v>304</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="4">
-        <v>100097</v>
+        <v>360</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="4">
-        <v>100141</v>
+        <v>100097</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="4">
-        <v>165</v>
+        <v>100141</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="4">
-        <v>100098</v>
+        <v>165</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="4">
-        <v>112</v>
+        <v>100098</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C430" s="4" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>628</v>
+        <v>12</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="4">
-        <v>216</v>
+        <v>112</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>9</v>
+        <v>631</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="4">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="4">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="4">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="4">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>900</v>
+        <v>9</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="4">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>901</v>
       </c>
       <c r="C436" s="4" t="s">
         <v>902</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="4">
-        <v>100125</v>
+        <v>156</v>
       </c>
       <c r="B437" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="C437" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="D437" s="4" t="s">
         <v>903</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="4">
-        <v>100135</v>
+        <v>100125</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="4">
-        <v>100050</v>
+        <v>100135</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="4">
-        <v>100126</v>
+        <v>100050</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="4">
-        <v>57</v>
+        <v>100126</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="4">
-        <v>100039</v>
+        <v>57</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>12</v>
+        <v>125</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="4">
-        <v>100040</v>
+        <v>100039</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="4">
-        <v>171</v>
+        <v>100040</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="4">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="4">
-        <v>100045</v>
+        <v>267</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>465</v>
+        <v>12</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="4">
-        <v>100127</v>
+        <v>100045</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>12</v>
+        <v>466</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="4">
-        <v>100015</v>
+        <v>100127</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="4">
-        <v>109</v>
+        <v>100015</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="4">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="4">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="4">
-        <v>100030</v>
+        <v>4</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>854</v>
+        <v>9</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="4">
-        <v>291</v>
+        <v>100030</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>12</v>
+        <v>857</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="4">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="4">
-        <v>100144</v>
+        <v>306</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="4">
-        <v>160</v>
+        <v>100144</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="4">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="4">
-        <v>100062</v>
+        <v>24</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="4">
-        <v>100063</v>
+        <v>100062</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="4">
-        <v>89</v>
+        <v>100063</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C460" s="4" t="s">
         <v>949</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="4">
-        <v>269</v>
+        <v>89</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="4">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="4">
-        <v>84</v>
+        <v>275</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="4">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="4">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="4">
-        <v>348</v>
+        <v>78</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="4">
-        <v>18</v>
+        <v>348</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="4">
-        <v>100011</v>
+        <v>18</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="4">
-        <v>100024</v>
+        <v>100011</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="4">
-        <v>100025</v>
+        <v>100024</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="4">
-        <v>100026</v>
+        <v>100025</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="4">
-        <v>100129</v>
+        <v>100026</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="4">
-        <v>100027</v>
+        <v>100129</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="4">
-        <v>100012</v>
+        <v>100027</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="4">
-        <v>100130</v>
+        <v>100012</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="4">
-        <v>100145</v>
+        <v>100130</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="4">
-        <v>100013</v>
+        <v>100145</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="4">
-        <v>100014</v>
+        <v>100013</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="4">
-        <v>272</v>
+        <v>100014</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="4">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="4">
-        <v>273</v>
+        <v>174</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="4">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>287</v>
+        <v>9</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="4">
-        <v>60</v>
+        <v>310</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="4">
-        <v>169</v>
+        <v>60</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>12</v>
+        <v>288</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="4">
-        <v>264</v>
+        <v>169</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="4">
-        <v>330</v>
+        <v>264</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="4">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="4">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="4">
-        <v>100131</v>
+        <v>170</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="4">
-        <v>167</v>
+        <v>100131</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="4">
-        <v>254</v>
+        <v>167</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="4">
-        <v>100055</v>
+        <v>254</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>1014</v>
+        <v>12</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="4">
-        <v>100128</v>
+        <v>100055</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1015</v>
       </c>
       <c r="C493" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>12</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="4">
-        <v>100162</v>
+        <v>100128</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C494" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>1019</v>
+        <v>12</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="4">
-        <v>31</v>
+        <v>100162</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C495" s="4" t="s">
         <v>1021</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>12</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="4">
-        <v>100071</v>
+        <v>31</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C496" s="4" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>1024</v>
+        <v>12</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="4">
-        <v>334</v>
+        <v>100071</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="C497" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>12</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="4">
-        <v>61</v>
+        <v>334</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="4">
-        <v>100142</v>
+        <v>61</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="4">
-        <v>63</v>
+        <v>100142</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D500" s="4" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="4">
-        <v>220</v>
+        <v>63</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>9</v>
+        <v>125</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="4">
-        <v>287</v>
+        <v>220</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="4">
-        <v>141</v>
+        <v>287</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="4">
-        <v>243</v>
+        <v>141</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="4">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="4">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="4">
-        <v>100132</v>
+        <v>222</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D507" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="4">
+        <v>100132</v>
+      </c>
+      <c r="B508" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C508" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D508" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="4">
         <v>100133</v>
       </c>
-      <c r="B508" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D508" s="4" t="s">
+      <c r="B509" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C509" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D509" s="4" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">