--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -3004,139 +3004,139 @@
         <v>43</v>
       </c>
       <c r="N76">
         <v>15</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>78</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="C77" t="s">
         <v>16</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="G77" t="s">
         <v>18</v>
       </c>
       <c r="H77" t="s">
         <v>19</v>
       </c>
-      <c r="I77" t="s">
-        <v>43</v>
+      <c r="J77" t="s">
+        <v>67</v>
       </c>
       <c r="M77">
         <v>20</v>
       </c>
       <c r="N77">
         <v>750</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>78</v>
       </c>
       <c r="B78" t="s">
         <v>15</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
       <c r="D78" t="s">
         <v>17</v>
       </c>
       <c r="G78" t="s">
         <v>18</v>
       </c>
       <c r="H78" t="s">
         <v>19</v>
       </c>
-      <c r="J78" t="s">
-        <v>67</v>
+      <c r="I78" t="s">
+        <v>43</v>
       </c>
       <c r="M78">
         <v>20</v>
       </c>
       <c r="N78">
         <v>750</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>15</v>
       </c>
       <c r="C79" t="s">
         <v>16</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="G79" t="s">
         <v>102</v>
       </c>
       <c r="H79" t="s">
         <v>73</v>
       </c>
       <c r="J79" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="N79">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>78</v>
       </c>
       <c r="B80" t="s">
         <v>15</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
         <v>17</v>
       </c>
       <c r="G80" t="s">
         <v>102</v>
       </c>
       <c r="H80" t="s">
         <v>73</v>
       </c>
       <c r="J80" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="N80">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>78</v>
       </c>
       <c r="B81" t="s">
         <v>15</v>
       </c>
       <c r="C81" t="s">
         <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="G81" t="s">
         <v>20</v>
       </c>
       <c r="H81" t="s">
         <v>19</v>
       </c>
       <c r="I81" t="s">
         <v>21</v>
       </c>
       <c r="J81" t="s">